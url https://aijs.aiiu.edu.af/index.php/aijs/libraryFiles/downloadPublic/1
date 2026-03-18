--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -1,182 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="087D8B57" w14:textId="56E852EA" w:rsidR="0030545E" w:rsidRDefault="005F3742" w:rsidP="008762C2">
-[...81 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6F89BECD" w14:textId="1F07969A" w:rsidR="004407E5" w:rsidRDefault="004407E5" w:rsidP="00BF5486">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="004407E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>The Title of the Manuscript</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="430DF23B" w14:textId="3CF7FD9F" w:rsidR="00E15BFC" w:rsidRPr="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="IEEEAuthorName"/>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>First Author</w:t>
       </w:r>
       <w:r w:rsidR="00806669">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
@@ -207,1239 +102,983 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, Third Author</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09128732" w14:textId="77777777" w:rsidR="00E15BFC" w:rsidRPr="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
+    <w:p w14:paraId="09128732" w14:textId="7C9926B9" w:rsidR="00E15BFC" w:rsidRPr="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4535"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E15BFC">
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E15BFC">
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E15BFC">
+        <w:t>University,</w:t>
+      </w:r>
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department, </w:t>
+      </w:r>
+      <w:r w:rsidR="002409DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, City, Country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D940C3" w14:textId="77777777" w:rsidR="00E15BFC" w:rsidRPr="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
+    <w:p w14:paraId="26D940C3" w14:textId="2BE84DB7" w:rsidR="00E15BFC" w:rsidRPr="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E15BFC">
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00324AA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>University,</w:t>
+      </w:r>
+      <w:r w:rsidR="00324AA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department, </w:t>
+      </w:r>
+      <w:r w:rsidR="002409DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, City, Country</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77964A22" w14:textId="1C0CDCAA" w:rsidR="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
+    <w:p w14:paraId="77964A22" w14:textId="5C934A0B" w:rsidR="00E15BFC" w:rsidRDefault="00E15BFC" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E15BFC">
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00324AA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324AA7" w:rsidRPr="00E15BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>University,</w:t>
+      </w:r>
+      <w:r w:rsidR="00324AA7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department, </w:t>
+      </w:r>
+      <w:r w:rsidR="002409DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15BFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, City, Country</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2EF812B6" w14:textId="77777777" w:rsidR="007756A7" w:rsidRPr="00D621D7" w:rsidRDefault="007756A7" w:rsidP="005F3742">
+    <w:p w14:paraId="347A1A82" w14:textId="4B57C245" w:rsidR="007756A7" w:rsidRDefault="007756A7" w:rsidP="008762C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6663"/>
+        <w:gridCol w:w="2363"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00324AA7" w14:paraId="65C3C6DD" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="532A9A98" w14:textId="77777777" w:rsidR="00324AA7" w:rsidRPr="00914EF3" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abstract </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24798A85" w14:textId="77777777" w:rsidR="00324AA7" w:rsidRPr="00914EF3" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Article History</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00324AA7" w14:paraId="4C16474B" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22B0EF1E" w14:textId="0C68C354" w:rsidR="00324AA7" w:rsidRPr="00914EF3" w:rsidRDefault="00324AA7" w:rsidP="00324AA7">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="34"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The first important part of your paper is its title. The title can be either descriptive or, more attractively, declarative. It should be interesting, and intelligible that conveys the importance of your work. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024B6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To be effective, a title should be </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>no more than 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024B6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> An equally important part of the paper is the Abstract section. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0030545E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The abstract serves as a concise yet comprehensive summary of your entire paper, presented in a single paragraph of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200-250</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0030545E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words using </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Time New Roman</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0030545E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> font, size 10-pt, with single-line spacing. This crucial element should encompass an overview of the topic, identify the research gap, state the objectives, describe research methods, highlight key results, and discuss the implications of the study.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2089">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D21BC6" w14:textId="3AA8F3DF" w:rsidR="00324AA7" w:rsidRPr="00B4228D" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Published</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Dec 31, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="002409DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F807EE1" w14:textId="6DA6B872" w:rsidR="00324AA7" w:rsidRPr="00B4228D" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Accepted</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Dec 27, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="002409DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F9052A1" w14:textId="6061E9FE" w:rsidR="00324AA7" w:rsidRPr="00B4228D" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Revised</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Dec 25, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="002409DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EBEE2FA" w14:textId="58287D98" w:rsidR="00324AA7" w:rsidRPr="00B4228D" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Received</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4228D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Oct 4, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="002409DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00324AA7" w14:paraId="16887933" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6663" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DB9E41D" w14:textId="7CA70F7E" w:rsidR="00324AA7" w:rsidRPr="00914EF3" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Keywords: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Carefully select an appropriate list of five keywords that represents the real content of your paper. This will help the readers find your paper more easily as they search through the database search engine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F70D42C" w14:textId="77777777" w:rsidR="00324AA7" w:rsidRPr="00914EF3" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00324AA7" w14:paraId="2FC3739F" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9026" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C9E4B82" w14:textId="61425AD7" w:rsidR="00324AA7" w:rsidRPr="00914EF3" w:rsidRDefault="00324AA7" w:rsidP="00CF140E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="23"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00324AA7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Author</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. &amp; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Author</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, A. (2025). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Title of the Manuscript</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Afghan International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914EF3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1), 1-22. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00324AA7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>https://aijs.aiiu.edu.af/index.php/aijs/article</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="30AF610A" w14:textId="77777777" w:rsidR="00324AA7" w:rsidRDefault="00324AA7" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D621D7">
-[...1014 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0C4A83D3" w14:textId="584E239C" w:rsidR="004407E5" w:rsidRDefault="004407E5" w:rsidP="00362A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00362A35">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498E723B" w14:textId="3528BF74" w:rsidR="0030545E" w:rsidRPr="0030545E" w:rsidRDefault="0030545E" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0030545E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>This section introduces the article and outlines its structure. The introduction should clearly state the article's purpose, provide a literature review, and highlight the research's significant contribution. It comprises approximately 15–20% of the total article length.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C1155A" w14:textId="77777777" w:rsidR="0030545E" w:rsidRPr="0030545E" w:rsidRDefault="0030545E" w:rsidP="005F3742">
@@ -1459,71 +1098,92 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Authors should provide a comprehensive background and literature review to contextualize existing solutions, highlight previous studies' limitations, and demonstrate the research's novelty. The review should be organized thematically rather than by individual authors, presenting a critical analysis of the existing literature rather than a simple description of prior work. The introduction should conclude by explicitly stating the research gaps, the novelty of the study, its objectives, and the significance of the findings. Phrases such as “Few researchers have focused on...”, “There have been limited studies concerning...”, or “This research aims to...” may be used to highlight the specific gap being addressed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225D0852" w14:textId="2E21D90F" w:rsidR="0030545E" w:rsidRPr="0030545E" w:rsidRDefault="0030545E" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0030545E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For original research papers, the </w:t>
       </w:r>
       <w:r w:rsidRPr="0030545E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Afghanistan International Journal of Sciences </w:t>
       </w:r>
       <w:r w:rsidRPr="0030545E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>follows the IMRaD structure (Introduction, Methods, Results, and Discussion). The Introduction must serve as the conceptual foundation of the study by defining the research problem, summarizing relevant literature, and providing a logical lead-in to the study’s objectives and hypotheses.</w:t>
+        <w:t xml:space="preserve">follows the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0030545E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IMRaD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0030545E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> structure (Introduction, Methods, Results, and Discussion). The Introduction must serve as the conceptual foundation of the study by defining the research problem, summarizing relevant literature, and providing a logical lead-in to the study’s objectives and hypotheses.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6614F78C" w14:textId="77777777" w:rsidR="0030545E" w:rsidRPr="0030545E" w:rsidRDefault="0030545E" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0030545E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>For systematic reviews and meta-analyses, the Introduction should align with the PRISMA (Preferred Reporting Items for Systematic Reviews and Meta-Analyses) guidelines. Authors must outline the review’s purpose, relevance, and scope, clearly distinguishing it from previous work. Systematic reviews must be evidence-based, well-scoped, and justified with a transparent rationale. Importantly, the journal does not preferably process narrative literature reviews, as they lack the methodological rigor and reproducibility required for scientific validity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D6993D2" w14:textId="77777777" w:rsidR="0030545E" w:rsidRPr="0030545E" w:rsidRDefault="0030545E" w:rsidP="005F3742">
       <w:pPr>
@@ -1666,94 +1326,71 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76A41C38" w14:textId="38FD67FF" w:rsidR="00362A35" w:rsidRDefault="00362A35" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">End your manuscript with specifically listing the research objectives and or research questions and or research hypothesis. </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="074A3455" w14:textId="35EE33AA" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="00DD0757" w:rsidP="00362A35">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00362A35">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Methods and Materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C64C56" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Materials and Methods section should offer a clear, concise, and replicable description of how the study was conducted. It is a critical component of scientific transparency and must include sufficient detail to allow independent replication or critical evaluation of the procedures. Authors should describe the research design, the characteristics and selection process of participants, samples, or data sources, as well as the instruments, tools, or technologies used. Procedures for data collection and the statistical or analytical methods applied must be clearly explained. If the study follows established or previously published methods, relevant references must be provided, and only modifications should be described in detail. Units of measurement should conform to the International System of Units (SI), and any ethical considerations or approvals—such as from an institutional review board—must be noted where applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066B6692" w14:textId="3FAF4581" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="002E1031">
@@ -1772,51 +1409,81 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For original research articles, </w:t>
       </w:r>
       <w:r w:rsidR="002E1031" w:rsidRPr="002E1031">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Afghanistan International Journal of Sciences </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">follows the IMRaD model (Introduction, Methods, Results, and Discussion), and the Materials and Methods section must strictly align with this structure. Authors are encouraged to subdivide the section using clear headings such as </w:t>
+        <w:t xml:space="preserve">follows the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IMRaD</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> model (Introduction, Methods, Results, and Discussion), and the Materials and Methods section must strictly align with this structure. Authors are encouraged to subdivide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the section using clear headings such as </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Study Area</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
@@ -2039,61 +1706,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Present findings objectively and factually, without personal opinion. Include relevant numbers, tables, and figures, numbered consecutively (e.g., Table 1, Figure 1). Place table titles above the tables and figure captions below the figures, using 10-point Corbel font.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132FE71A" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide detailed explanations for each table and figure. Use APA style for in-text citations, including author's last name and year. For direct quotations, include page numbers. When citing </w:t>
-[...9 lines deleted...]
-        <w:t>multiple references, list them alphabetically. For sources with up to five authors, list all names in the first citation, then use "et al." for subsequent mentions.</w:t>
+        <w:t>Provide detailed explanations for each table and figure. Use APA style for in-text citations, including author's last name and year. For direct quotations, include page numbers. When citing multiple references, list them alphabetically. For sources with up to five authors, list all names in the first citation, then use "et al." for subsequent mentions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBD8619" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="00DD0757">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Formatting Headings in APA</w:t>
@@ -2313,51 +1970,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62DFADDB" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>14 pt, bold</w:t>
+              <w:t xml:space="preserve">14 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, bold</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="2E4C3D8A" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19339151" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
@@ -2370,51 +2047,71 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A5A8925" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>12 pt, bold</w:t>
+              <w:t xml:space="preserve">12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, bold</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="47A6D31E" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DE19C97" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -2423,51 +2120,69 @@
               </w:rPr>
               <w:t>Author Affiliation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1341354F" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 pt, </w:t>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="7ADA90F8" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65FE014F" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
@@ -2486,52 +2201,62 @@
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C85249D" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10 pt</w:t>
+              <w:t xml:space="preserve">10 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="112CDFE3" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DF8768D" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
@@ -2539,81 +2264,92 @@
               </w:rPr>
               <w:t>Keywords</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FE8CDD3" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10 pt</w:t>
+              <w:t xml:space="preserve">10 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="3484C36A" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0195BED7" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Heading 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68C6FA7F" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2653,51 +2389,71 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72CC6FDA" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>12 pt, italic</w:t>
+              <w:t xml:space="preserve">12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="15FCC20F" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F5E10EA" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
@@ -2710,51 +2466,71 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76BB9980" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>11 pt, italic</w:t>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, italic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="2015338C" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CAD64FC" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -2763,52 +2539,62 @@
               </w:rPr>
               <w:t>Body Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4307DF7A" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>12 pt</w:t>
+              <w:t xml:space="preserve">12 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="01A62456" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68674EBC" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
@@ -2816,52 +2602,62 @@
               </w:rPr>
               <w:t>Figure caption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E446A12" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10 pt</w:t>
+              <w:t xml:space="preserve">10 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="45F2225F" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DCCAB04" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
@@ -2869,52 +2665,62 @@
               </w:rPr>
               <w:t>Table caption and body text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FC9A601" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10 pt</w:t>
+              <w:t xml:space="preserve">10 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="5C7A1BFF" w14:textId="77777777" w:rsidTr="00DD0757">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="751D5E37" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
@@ -2922,52 +2728,62 @@
               </w:rPr>
               <w:t xml:space="preserve">References Text </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02B45DAB" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>11 pt</w:t>
+              <w:t xml:space="preserve">11 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008762C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5390EC4A" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79C5BDE1" w14:textId="10FC5E65" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3006,51 +2822,71 @@
         <w:t>In technical writing there are generally three types of abbreviations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0291782B" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">An abbreviation that is first introduced in the text. This abbreviation is placed within parentheses directly following its first occurrence of the spelled-out words in the text. Mostly, they are the initials of the words written in capital letters (e.g. University of Baghdad (UoB)). Thereafter, this abbreviation can be used instead of the words throughout the rest of the paper. However, try not to invent abbreviations just to save space, use words instead and make your paper more readable.  </w:t>
+        <w:t>An abbreviation that is first introduced in the text. This abbreviation is placed within parentheses directly following its first occurrence of the spelled-out words in the text. Mostly, they are the initials of the words written in capital letters (e.g. University of Baghdad (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>UoB</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)). Thereafter, this abbreviation can be used instead of the words throughout the rest of the paper. However, try not to invent abbreviations just to save space, use words instead and make your paper more readable.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BBC185" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">An abbreviation that is commonly known in the field of research (e.g. SNR for signal-to-noise-ratio). However, some of these abbreviations are slangs and should be avoided in writing, like </w:t>
@@ -3120,95 +2956,70 @@
         </w:rPr>
         <w:t xml:space="preserve">Acronyms are special case of abbreviations when these abbreviations are pronounced as words such as NATO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B8F90D" w14:textId="6AF1B4B9" w:rsidR="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abbreviations and acronyms are written either in capital letters or small letters depending on the way it has been originated; try to check a dictionary to be more certain.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55AF0714" w14:textId="36AF7D6E" w:rsidR="00BC33F3" w:rsidRDefault="00BC33F3" w:rsidP="005F3742">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="00D15E51" w14:textId="7D5F40A3" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Equations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1BFAF3" w14:textId="4A3FA613" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">We prefer to start this section by strongly advising you to use the built-in functions of your word processor to create equations. This will increase the legibility of your writing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B773EF3" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
@@ -3675,50 +3486,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D54BC76" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Within the text, the reference to these equations is an abbreviation to the word “Equation” written as “Eq. (1)”. However, if you begin your sentence with a reference to an equation, the word must be spelled out fully.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CEFD65" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">As a final note, all variables/symbols mentioned in the equation and not previously defined should be listed (use semicolon to separate them) and explained, most commonly, in the text following it starting with the word “where” or “with” but do not capitalize or indent these two words. As an example, refer to Eq. (1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDBCF5A" w14:textId="06D3004C" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
@@ -3879,61 +3691,51 @@
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidRPr="008762C2">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Tables are easy to create using simple programs such as Microsoft Word's table feature, i.e., they should NOT be in </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">picture format. All tables share common elements including the caption, column titles, and body. </w:t>
+        <w:t xml:space="preserve">.  Tables are easy to create using simple programs such as Microsoft Word's table feature, i.e., they should NOT be in picture format. All tables share common elements including the caption, column titles, and body. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253B6582" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Table title (caption) should be brief, clear, and descriptive but sufficiently explained the data included, as such they can be lengthy or short depending on the topic of the paper. Captions for tables are placed above the table (center aligned). </w:t>
@@ -4149,50 +3951,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F797798" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008762C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Add an entry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11EDD52B" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -4637,108 +4440,74 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For all types of figures, you must add a </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>figure title</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (caption) presented and numbered in the same way of table caption, except for the position of the figure caption that is placed below the figure (center aligned).   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782E7C6F" w14:textId="7FA6AC8A" w:rsidR="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
+    <w:p w14:paraId="1FD9705F" w14:textId="4A8B7519" w:rsidR="005876B7" w:rsidRPr="00972473" w:rsidRDefault="008762C2" w:rsidP="00237247">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008762C2">
-[...41 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00972473">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figures, in general, should be in high quality, and the preferred figure format is TIFF. The TIFF should be saved at a minimum resolution of 500 dpi (dots per inch) at final size. You can use 600 dpi if you need more resolution but remember it will create a much bigger file size. You can change the scaling if you need to. TIFF file, especially those containing color, should be large. We encourage authors to provide color figures. Figure legends should be related to figures, and they should be placed outside the figures, NOT inside. The size of all letters and symbols should be appropriately fitting figures. As an example of TIFF files, you can refer to Figures 1 and 2. </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
       <w:tr w:rsidR="008762C2" w:rsidRPr="008762C2" w14:paraId="2F81EE3C" w14:textId="77777777" w:rsidTr="002D4EF2">
         <w:trPr>
           <w:trHeight w:val="3512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4949,50 +4718,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="269D434C" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figure -1 </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>This figure depicts a high-resolution black/white image of biological cells as an examples of TIFF files (a) Frame 1 (b) Frame 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2B89BB" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -5393,51 +5163,50 @@
         <w:t>Provide scientific interpretations for each finding, supported by valid analysis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB622BC" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Compare your results with those reported by other researchers, noting consistencies and differences.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155F8754" w14:textId="719051F8" w:rsidR="008762C2" w:rsidRDefault="008762C2" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The discussion should offer a comprehensive analysis of the findings' implications and their place within the broader research context.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EC272C1" w14:textId="5610E03C" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="005F3742" w:rsidP="00362A35">
@@ -5529,51 +5298,55 @@
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4A48">
         <w:t xml:space="preserve"> supervisor, a sponsoring institution, a funding body, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4A48">
         <w:t>your colleagues</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or other</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4A48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>researchers</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4A48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">who have helped in the preparation and agreed to share with you their unpublished results. Acknowledge people’s help and contribution will ensure the integrity of your research. </w:t>
+        <w:t xml:space="preserve">who have helped in the preparation and agreed to share with you their unpublished results. Acknowledge people’s help and contribution will ensure </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the integrity of your research. </w:t>
       </w:r>
       <w:r w:rsidRPr="006576A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">It is also </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">worth remembering that the style of writing the acknowledgement should be in a professional manner, so try to avoid any emotional or personal thoughts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5738FA18" w14:textId="50EBAA06" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="005F3742" w:rsidP="005F3742">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -5801,58 +5574,51 @@
       </w:r>
       <w:r w:rsidR="00A83C73" w:rsidRPr="00A83C73">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">eferences </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0074C676" w14:textId="02FDEC60" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">The References section lists all sources cited within the article. Conversely, every source listed in the References should be cited in the article's body. Prioritize recent sources, preferably published within the last five years. Primary sources should predominantly consist of journal articles, conference proceedings, and research reports, including theses and dissertations, accessible online (include permalink/DOI). At least 80% of the total references should be </w:t>
-[...6 lines deleted...]
-        <w:t>derived from journal articles (primary sources). Verify each reference against its original source (author name, year, volume, issue, permalink/DOI). Use other articles from the same journal as formatting guides. Present references alphabetically and chronologically, using 12-point Corbel font, justified alignment, single line spacing, and hanging indents. Examples of proper formatting follow:</w:t>
+        <w:t>The References section lists all sources cited within the article. Conversely, every source listed in the References should be cited in the article's body. Prioritize recent sources, preferably published within the last five years. Primary sources should predominantly consist of journal articles, conference proceedings, and research reports, including theses and dissertations, accessible online (include permalink/DOI). At least 80% of the total references should be derived from journal articles (primary sources). Verify each reference against its original source (author name, year, volume, issue, permalink/DOI). Use other articles from the same journal as formatting guides. Present references alphabetically and chronologically, using 12-point Corbel font, justified alignment, single line spacing, and hanging indents. Examples of proper formatting follow:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEE3CDD" w14:textId="58D4EF1B" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Abbasi, T., &amp; Abbasi, S. A. (2011). Water quality indices based on bioassessment: The biotic index. </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Water and Health</w:t>
@@ -5878,55 +5644,105 @@
         <w:t>(2), 330–348.</w:t>
       </w:r>
       <w:r w:rsidR="00D84CD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>https://doi.org/10.2166/wh.2011.133</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A1B344" w14:textId="53BA5210" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008762C2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Alfarra, A., Kemp-Benedict, E., Höltz, H., Sader, N., &amp; Sonneveld, B. (2012). Modeling water supply and demand for effective water management allocation in the Jordan Valley. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Alfarra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., Kemp-Benedict, E., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Höltz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, H., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Sader</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, N., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Sonneveld</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, B. (2012). Modeling water supply and demand for effective water management allocation in the Jordan Valley. </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Agricultural Science </w:t>
       </w:r>
       <w:r w:rsidR="00D84CD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D84CD2" w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), </w:t>
       </w:r>
       <w:r w:rsidR="00D84CD2">
         <w:rPr>
@@ -5941,300 +5757,1121 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00D84CD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>60</w:t>
       </w:r>
       <w:r w:rsidR="00D84CD2" w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166719E6" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008762C2">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Azimi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., Azari, A., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Rezakazemi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ansarpour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. (2017). Removal of heavy metals from industrial wastewaters: a review. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>ChemBioEng Reviews</w:t>
+        <w:t>ChemBioEng</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reviews</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(1), 37–59. https://doi.org/10.1002/cben.201600010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5954CA" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008762C2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Joo, S. H., &amp; Tansel, B. (2015). Novel technologies for reverse osmosis concentrate treatment: A review. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Joo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S. H., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Tansel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, B. (2015). Novel technologies for reverse osmosis concentrate treatment: A review. </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Environmental Management</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>150</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, 322–335. https://doi.org/10.1016/j.jenvman.2014.10.027</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A1680C1" w14:textId="5DC11441" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazari-Sharabian, M., Aghababaei, M., Karakouzian, M., &amp; Karami, M. (2020). Water on Mars—a literature review. </w:t>
+        <w:t>Nazari-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Sharabian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Aghababaei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Karakouzian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Karami</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. (2020). Water on Mars—a literature review. </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Galaxies</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(2), 40.https://doi.org/10.3390/galaxies8020040</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C564EDF" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008762C2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Postel, S. L., Daily, G. C., &amp; Ehrlich, P. R. (1996). Human appropriation of renewable fresh water. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Postel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S. L., Daily, G. C., &amp; Ehrlich, P. R. (1996). Human appropriation of renewable fresh water. </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Science</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>271</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(5250), 785–788. https://doi.org/10.1126/science.271.5250.785</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061C83ED" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
+    <w:p w14:paraId="061C83ED" w14:textId="0F929256" w:rsidR="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kegel, S. F., Rietman, B. M., &amp; Verliefde, A. R. D. (2010). Reverse osmosis followed by activated carbon filtration for efficient removal of organic micropollutants from river bank filtrate. </w:t>
+        <w:t xml:space="preserve">Kegel, S. F., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Rietman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, B. M., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Verliefde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008762C2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A. R. D. (2010). Reverse osmosis followed by activated carbon filtration for efficient removal of organic micropollutants from river bank filtrate. </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Water Science and Technology</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>61</w:t>
       </w:r>
       <w:r w:rsidRPr="008762C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(10), 2603–2610. https://doi.org/10.2166/wst.2010.166</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B18817F" w14:textId="7DA00E0B" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="008762C2">
+    <w:p w14:paraId="0504A897" w14:textId="7352734C" w:rsidR="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="008762C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008762C2" w:rsidRPr="008762C2">
+    <w:p w14:paraId="3BBB2C62" w14:textId="655D1FE5" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00792ACB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Suggested Reviewers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792ACB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A27BA1" w14:textId="59C27BB1" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00792ACB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Please suggest 3-5 reviewers for this article. We may select reviewers from the list below in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00792ACB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">case we have no appropriate reviewers for this topic. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4269"/>
+        <w:gridCol w:w="4639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="190B416F" w14:textId="77777777" w:rsidTr="00792ACB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3A8FEB" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B01465" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="47139658" w14:textId="77777777" w:rsidTr="00792ACB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8908" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD9F186" w14:textId="2048F317" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affiliation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="557B80B0" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4269"/>
+        <w:gridCol w:w="4639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="6DFBD787" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E04CE27" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4784" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1965B5CA" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="14C0B377" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9179" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="71884B61" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affiliation:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3FB18D02" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4269"/>
+        <w:gridCol w:w="4639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="445E2AD6" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197B6916" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4784" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7B1EED" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="2DEB82F1" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9179" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9E2B2E" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affiliation:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F0B1B83" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4269"/>
+        <w:gridCol w:w="4639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="725BD758" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282B40C4" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4784" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E606051" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="5451CDFA" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9179" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48613597" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affiliation:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6157CDC7" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4269"/>
+        <w:gridCol w:w="4639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="2A206F0E" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="007E42F5" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4784" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06DB678E" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00792ACB" w:rsidRPr="00792ACB" w14:paraId="7D495E76" w14:textId="77777777" w:rsidTr="00CF140E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9179" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39514178" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="00792ACB" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affiliation:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00792ACB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="eastAsia"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6F820E5B" w14:textId="77777777" w:rsidR="00792ACB" w:rsidRPr="008762C2" w:rsidRDefault="00792ACB" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B18817F" w14:textId="77777777" w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidRDefault="008762C2" w:rsidP="00792ACB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008762C2" w:rsidRPr="008762C2" w:rsidSect="00BF5486">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="149CA695" w14:textId="77777777" w:rsidR="00613507" w:rsidRDefault="00613507" w:rsidP="00806669">
+    <w:p w14:paraId="3AD58868" w14:textId="77777777" w:rsidR="0069275B" w:rsidRDefault="0069275B" w:rsidP="00806669">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C4E0C21" w14:textId="77777777" w:rsidR="00613507" w:rsidRDefault="00613507" w:rsidP="00806669">
+    <w:p w14:paraId="7A7EB1E4" w14:textId="77777777" w:rsidR="0069275B" w:rsidRDefault="0069275B" w:rsidP="00806669">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6274,57 +6911,50 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Corbel">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-656691485"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
@@ -6370,61 +7000,61 @@
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00F43624">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="316377D9" w14:textId="77777777" w:rsidR="00F43624" w:rsidRDefault="00F43624">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EA85B2F" w14:textId="77777777" w:rsidR="00613507" w:rsidRDefault="00613507" w:rsidP="00806669">
+    <w:p w14:paraId="0936A394" w14:textId="77777777" w:rsidR="0069275B" w:rsidRDefault="0069275B" w:rsidP="00806669">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="239B17FB" w14:textId="77777777" w:rsidR="00613507" w:rsidRDefault="00613507" w:rsidP="00806669">
+    <w:p w14:paraId="50EF5084" w14:textId="77777777" w:rsidR="0069275B" w:rsidRDefault="0069275B" w:rsidP="00806669">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="125D03FE" w14:textId="1840EF6B" w:rsidR="00806669" w:rsidRDefault="00806669">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6459,50 +7089,240 @@
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Author et al. (2025)</w:t>
     </w:r>
     <w:r w:rsidRPr="0030545E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="0030545E">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                   Afghanistan International Journal of Sciences Vol 1 No. 2, 2025</w:t>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="9016"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00BF5486" w14:paraId="0A949B99" w14:textId="77777777" w:rsidTr="00CF140E">
+      <w:trPr>
+        <w:trHeight w:val="2400"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="9016" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="nil"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="38C0E088" w14:textId="77777777" w:rsidR="00BF5486" w:rsidRDefault="00BF5486" w:rsidP="00BF5486">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A98E5E7" wp14:editId="06B8CDB4">
+                <wp:extent cx="1080000" cy="1080000"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:docPr id="3" name="Picture 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="3" name="Picture 3"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1080000" cy="1080000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="5A72A103" w14:textId="77777777" w:rsidR="00BF5486" w:rsidRPr="00D0268E" w:rsidRDefault="00BF5486" w:rsidP="00BF5486">
+          <w:pPr>
+            <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00D0268E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>Afghan International Journal of Science</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> (AIJS)</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="7A97E799" w14:textId="77777777" w:rsidR="00BF5486" w:rsidRPr="00D0268E" w:rsidRDefault="00BF5486" w:rsidP="00BF5486">
+          <w:pPr>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Publisher: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D0268E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Afghan </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D0268E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>International Islamic University</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="309CCDEC" w14:textId="77777777" w:rsidR="00BF5486" w:rsidRPr="007659A2" w:rsidRDefault="00BF5486" w:rsidP="00BF5486">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:i/>
+              <w:iCs/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00D0268E">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
+            <w:t>Website: https://aijs.aiiu.edu.af</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="79C61061" w14:textId="77777777" w:rsidR="00BF5486" w:rsidRPr="00BF5486" w:rsidRDefault="00BF5486" w:rsidP="00BF5486">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10B0702D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7CE85320"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -9678,51 +10498,52 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A3CE0"/>
     <w:rsid w:val="000145D2"/>
     <w:rsid w:val="00015368"/>
     <w:rsid w:val="00017C8E"/>
     <w:rsid w:val="000325A2"/>
     <w:rsid w:val="00032BB2"/>
@@ -9754,76 +10575,78 @@
     <w:rsid w:val="0013465F"/>
     <w:rsid w:val="00141AC6"/>
     <w:rsid w:val="001663F0"/>
     <w:rsid w:val="0016675C"/>
     <w:rsid w:val="0016774E"/>
     <w:rsid w:val="001775D8"/>
     <w:rsid w:val="00187E19"/>
     <w:rsid w:val="00190D43"/>
     <w:rsid w:val="00190ED4"/>
     <w:rsid w:val="001A0B9C"/>
     <w:rsid w:val="001A1981"/>
     <w:rsid w:val="001A3CE0"/>
     <w:rsid w:val="001A7773"/>
     <w:rsid w:val="001C0E16"/>
     <w:rsid w:val="001E3D0A"/>
     <w:rsid w:val="001E729A"/>
     <w:rsid w:val="001F0A9F"/>
     <w:rsid w:val="001F3058"/>
     <w:rsid w:val="002000F7"/>
     <w:rsid w:val="00203F61"/>
     <w:rsid w:val="002079C5"/>
     <w:rsid w:val="00224DE1"/>
     <w:rsid w:val="00231C76"/>
     <w:rsid w:val="00233C4D"/>
     <w:rsid w:val="00233F51"/>
+    <w:rsid w:val="002409DF"/>
     <w:rsid w:val="002423BD"/>
     <w:rsid w:val="00261C92"/>
     <w:rsid w:val="002666BC"/>
     <w:rsid w:val="00273C24"/>
     <w:rsid w:val="0027459D"/>
     <w:rsid w:val="00281790"/>
     <w:rsid w:val="002918A6"/>
     <w:rsid w:val="00291CFB"/>
     <w:rsid w:val="002A0863"/>
     <w:rsid w:val="002A2ACE"/>
     <w:rsid w:val="002A565E"/>
     <w:rsid w:val="002C3B62"/>
     <w:rsid w:val="002D0E0D"/>
     <w:rsid w:val="002D250B"/>
     <w:rsid w:val="002D366B"/>
     <w:rsid w:val="002D48EC"/>
     <w:rsid w:val="002D7B5D"/>
     <w:rsid w:val="002D7EC0"/>
     <w:rsid w:val="002E1031"/>
     <w:rsid w:val="002E46C5"/>
     <w:rsid w:val="002F0575"/>
     <w:rsid w:val="0030545E"/>
     <w:rsid w:val="003073ED"/>
     <w:rsid w:val="003077ED"/>
     <w:rsid w:val="00315BD7"/>
     <w:rsid w:val="00317C4F"/>
+    <w:rsid w:val="00324AA7"/>
     <w:rsid w:val="00335038"/>
     <w:rsid w:val="0034020E"/>
     <w:rsid w:val="003430BF"/>
     <w:rsid w:val="00343E40"/>
     <w:rsid w:val="00354923"/>
     <w:rsid w:val="0035543B"/>
     <w:rsid w:val="00362A35"/>
     <w:rsid w:val="003632E7"/>
     <w:rsid w:val="003640FF"/>
     <w:rsid w:val="00372847"/>
     <w:rsid w:val="00375A18"/>
     <w:rsid w:val="00380E10"/>
     <w:rsid w:val="0039463F"/>
     <w:rsid w:val="00395E14"/>
     <w:rsid w:val="003965F6"/>
     <w:rsid w:val="003970CA"/>
     <w:rsid w:val="003B2794"/>
     <w:rsid w:val="003B2F09"/>
     <w:rsid w:val="003B3783"/>
     <w:rsid w:val="003C1E79"/>
     <w:rsid w:val="003D5344"/>
     <w:rsid w:val="003D7D0F"/>
     <w:rsid w:val="003E4417"/>
     <w:rsid w:val="003E5876"/>
     <w:rsid w:val="003E5952"/>
@@ -9878,135 +10701,138 @@
     <w:rsid w:val="005A1A86"/>
     <w:rsid w:val="005A2089"/>
     <w:rsid w:val="005B3BEF"/>
     <w:rsid w:val="005F08A6"/>
     <w:rsid w:val="005F3742"/>
     <w:rsid w:val="0060744F"/>
     <w:rsid w:val="006078DF"/>
     <w:rsid w:val="00610224"/>
     <w:rsid w:val="00610D20"/>
     <w:rsid w:val="00611BA9"/>
     <w:rsid w:val="00613507"/>
     <w:rsid w:val="00615AED"/>
     <w:rsid w:val="006233A3"/>
     <w:rsid w:val="00630C83"/>
     <w:rsid w:val="00634942"/>
     <w:rsid w:val="00637A6D"/>
     <w:rsid w:val="006521F5"/>
     <w:rsid w:val="006576A9"/>
     <w:rsid w:val="00663F62"/>
     <w:rsid w:val="00665055"/>
     <w:rsid w:val="0067024E"/>
     <w:rsid w:val="006720F7"/>
     <w:rsid w:val="006760F0"/>
     <w:rsid w:val="00687921"/>
     <w:rsid w:val="0069227B"/>
+    <w:rsid w:val="0069275B"/>
     <w:rsid w:val="00694AC7"/>
     <w:rsid w:val="006A4DCC"/>
     <w:rsid w:val="006A55C5"/>
     <w:rsid w:val="006A5769"/>
     <w:rsid w:val="006B4A48"/>
     <w:rsid w:val="006B4CE1"/>
     <w:rsid w:val="006D24DE"/>
     <w:rsid w:val="006D261E"/>
     <w:rsid w:val="006E2853"/>
     <w:rsid w:val="006E5DFC"/>
     <w:rsid w:val="006F28F5"/>
     <w:rsid w:val="006F3233"/>
     <w:rsid w:val="006F3FEE"/>
     <w:rsid w:val="006F7543"/>
     <w:rsid w:val="00703EB3"/>
     <w:rsid w:val="0071036E"/>
     <w:rsid w:val="00714C9D"/>
     <w:rsid w:val="00720161"/>
     <w:rsid w:val="00720BBD"/>
     <w:rsid w:val="0072142C"/>
     <w:rsid w:val="00721AF4"/>
     <w:rsid w:val="00730F69"/>
     <w:rsid w:val="00732504"/>
     <w:rsid w:val="00732D4A"/>
     <w:rsid w:val="00736BF8"/>
     <w:rsid w:val="007428F6"/>
     <w:rsid w:val="00744903"/>
     <w:rsid w:val="00750A0E"/>
     <w:rsid w:val="007554F7"/>
     <w:rsid w:val="00755C21"/>
     <w:rsid w:val="00761E58"/>
     <w:rsid w:val="0077166B"/>
     <w:rsid w:val="007722BD"/>
     <w:rsid w:val="007756A7"/>
     <w:rsid w:val="0078005A"/>
     <w:rsid w:val="007803D1"/>
+    <w:rsid w:val="00792ACB"/>
     <w:rsid w:val="007A2371"/>
     <w:rsid w:val="007A7FAF"/>
     <w:rsid w:val="007B306B"/>
     <w:rsid w:val="007C4B1E"/>
     <w:rsid w:val="007D2237"/>
     <w:rsid w:val="007E23D2"/>
     <w:rsid w:val="007E67C4"/>
     <w:rsid w:val="007F7CD2"/>
     <w:rsid w:val="00803AA5"/>
     <w:rsid w:val="00806669"/>
     <w:rsid w:val="0080799B"/>
     <w:rsid w:val="008245C4"/>
     <w:rsid w:val="00844B1D"/>
     <w:rsid w:val="00853BE0"/>
     <w:rsid w:val="008562D0"/>
     <w:rsid w:val="0085675F"/>
     <w:rsid w:val="00860D2C"/>
     <w:rsid w:val="008714DE"/>
     <w:rsid w:val="00874BC2"/>
     <w:rsid w:val="008762C2"/>
     <w:rsid w:val="00877265"/>
     <w:rsid w:val="00880426"/>
     <w:rsid w:val="008821AB"/>
     <w:rsid w:val="00884081"/>
     <w:rsid w:val="0088555B"/>
     <w:rsid w:val="00892F54"/>
     <w:rsid w:val="00896189"/>
     <w:rsid w:val="008B5258"/>
     <w:rsid w:val="008B547C"/>
     <w:rsid w:val="008B5656"/>
     <w:rsid w:val="008C0D11"/>
     <w:rsid w:val="008C0FD7"/>
     <w:rsid w:val="008C3661"/>
     <w:rsid w:val="008C39F1"/>
     <w:rsid w:val="008E40C5"/>
     <w:rsid w:val="008F2ED0"/>
     <w:rsid w:val="008F6DCA"/>
     <w:rsid w:val="009024B6"/>
     <w:rsid w:val="009243BF"/>
     <w:rsid w:val="00930583"/>
     <w:rsid w:val="0093265E"/>
     <w:rsid w:val="009327B4"/>
     <w:rsid w:val="0094512D"/>
     <w:rsid w:val="00945F6E"/>
     <w:rsid w:val="00947161"/>
     <w:rsid w:val="009525D2"/>
     <w:rsid w:val="009638AF"/>
     <w:rsid w:val="00966D01"/>
     <w:rsid w:val="00966FE8"/>
+    <w:rsid w:val="00972473"/>
     <w:rsid w:val="009802BA"/>
     <w:rsid w:val="00980720"/>
     <w:rsid w:val="00982F9F"/>
     <w:rsid w:val="00983F27"/>
     <w:rsid w:val="009844CA"/>
     <w:rsid w:val="00984DDD"/>
     <w:rsid w:val="00986300"/>
     <w:rsid w:val="009949C1"/>
     <w:rsid w:val="00995A37"/>
     <w:rsid w:val="009B4103"/>
     <w:rsid w:val="009B4C91"/>
     <w:rsid w:val="009C22BF"/>
     <w:rsid w:val="009C50E1"/>
     <w:rsid w:val="009C6ED0"/>
     <w:rsid w:val="009D0A6F"/>
     <w:rsid w:val="009E16B2"/>
     <w:rsid w:val="009E3442"/>
     <w:rsid w:val="009F3CCC"/>
     <w:rsid w:val="009F3D02"/>
     <w:rsid w:val="00A065C3"/>
     <w:rsid w:val="00A10ABC"/>
     <w:rsid w:val="00A206AD"/>
     <w:rsid w:val="00A224FF"/>
     <w:rsid w:val="00A24FDD"/>
     <w:rsid w:val="00A305E1"/>
@@ -10036,50 +10862,51 @@
     <w:rsid w:val="00B17D49"/>
     <w:rsid w:val="00B207FA"/>
     <w:rsid w:val="00B21ECA"/>
     <w:rsid w:val="00B34F99"/>
     <w:rsid w:val="00B40F76"/>
     <w:rsid w:val="00B41940"/>
     <w:rsid w:val="00B42D36"/>
     <w:rsid w:val="00B43338"/>
     <w:rsid w:val="00B4596C"/>
     <w:rsid w:val="00B50236"/>
     <w:rsid w:val="00B628E3"/>
     <w:rsid w:val="00B729E0"/>
     <w:rsid w:val="00B81722"/>
     <w:rsid w:val="00B856C9"/>
     <w:rsid w:val="00B87884"/>
     <w:rsid w:val="00BA3504"/>
     <w:rsid w:val="00BB7F6C"/>
     <w:rsid w:val="00BC33F3"/>
     <w:rsid w:val="00BC3467"/>
     <w:rsid w:val="00BD2475"/>
     <w:rsid w:val="00BE2142"/>
     <w:rsid w:val="00BE37DE"/>
     <w:rsid w:val="00BE3BFC"/>
     <w:rsid w:val="00BE61D6"/>
     <w:rsid w:val="00BF1F38"/>
+    <w:rsid w:val="00BF5486"/>
     <w:rsid w:val="00C22F9D"/>
     <w:rsid w:val="00C45B26"/>
     <w:rsid w:val="00C46164"/>
     <w:rsid w:val="00C534D1"/>
     <w:rsid w:val="00C60923"/>
     <w:rsid w:val="00C63C8E"/>
     <w:rsid w:val="00C66D33"/>
     <w:rsid w:val="00C66D40"/>
     <w:rsid w:val="00C70641"/>
     <w:rsid w:val="00C734C8"/>
     <w:rsid w:val="00C808F8"/>
     <w:rsid w:val="00C91126"/>
     <w:rsid w:val="00CA0F97"/>
     <w:rsid w:val="00CB008F"/>
     <w:rsid w:val="00CB1A80"/>
     <w:rsid w:val="00CB6985"/>
     <w:rsid w:val="00CD4FA6"/>
     <w:rsid w:val="00CE214D"/>
     <w:rsid w:val="00CE6CBE"/>
     <w:rsid w:val="00CE7233"/>
     <w:rsid w:val="00D0028C"/>
     <w:rsid w:val="00D01EB2"/>
     <w:rsid w:val="00D03761"/>
     <w:rsid w:val="00D05798"/>
     <w:rsid w:val="00D07B52"/>
@@ -10642,51 +11469,50 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007D2237"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
@@ -11278,50 +12104,62 @@
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD3C5D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bg-blue">
     <w:name w:val="bg-blue"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006233A3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00792ACB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="89458">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="9181477">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -13241,51 +14079,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2134399133">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13709,74 +14551,74 @@
             <b:Middle>on Publication Ethics</b:Middle>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Code of Conduct and Best-Practice Guidelines for Journal Editors</b:Title>
     <b:Year>2011</b:Year>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71CE00ED-D4BD-465E-968A-C82B80A3F115}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3271</Words>
-  <Characters>18647</Characters>
+  <Words>3258</Words>
+  <Characters>18571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>155</Lines>
+  <Lines>154</Lines>
   <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21875</CharactersWithSpaces>
+  <CharactersWithSpaces>21786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rawaa Al-Dabbagh</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>a0bd43079c9f228463d8b3e614e5c23fbf7633a26f37ca6b6f8668239d289825</vt:lpwstr>
   </property>
 </Properties>
 </file>